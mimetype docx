--- v0 (2025-10-03)
+++ v1 (2026-03-06)
@@ -7,51 +7,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D07FF90" w14:textId="77777777" w:rsidR="00D8470A" w:rsidRPr="00D8470A" w:rsidRDefault="00982800">
       <w:pPr>
         <w:spacing w:before="46" w:line="246" w:lineRule="auto"/>
         <w:ind w:left="2747" w:right="2765"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="24"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Page_1"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00D8470A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">UNITED STATES DISTRICT </w:t>
       </w:r>
@@ -1599,62 +1599,70 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="38A9281F" w14:textId="77777777" w:rsidR="0061166D" w:rsidRDefault="0061166D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0061166D" w14:paraId="324C837A" w14:textId="77777777" w:rsidTr="0061166D">
         <w:trPr>
           <w:trHeight w:val="1191"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9736" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4C108B62" w14:textId="1A6A7D14" w:rsidR="0061166D" w:rsidRDefault="0061166D" w:rsidP="003F3774">
+          <w:p w14:paraId="4C108B62" w14:textId="4B7CA401" w:rsidR="0061166D" w:rsidRDefault="009F7813" w:rsidP="003F3774">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OFFICE </w:t>
+            </w:r>
+            <w:r w:rsidR="0061166D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ADDRESS:</w:t>
             </w:r>
             <w:r w:rsidR="003F3774">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1338313455"/>
                 <w:placeholder>
                   <w:docPart w:val="09997EC13C064752B68997F074C3E6DA"/>
@@ -4021,51 +4029,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>(excluding</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> minor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>traffic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>infractions)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31661FA3" w14:textId="4319E513" w:rsidR="001836B8" w:rsidRDefault="00007917" w:rsidP="003F3774">
+    <w:p w14:paraId="31661FA3" w14:textId="32D4917D" w:rsidR="001836B8" w:rsidRDefault="00007917" w:rsidP="003F3774">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1693"/>
           <w:tab w:val="left" w:pos="2070"/>
           <w:tab w:val="left" w:pos="2863"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="820"/>
       </w:pPr>
       <w:r>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidR="00293D8C">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1284767098"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -4093,62 +4101,67 @@
       <w:r w:rsidR="00293D8C">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-21399629"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00293D8C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00982800">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
+      <w:r w:rsidR="00EA1EE1">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r w:rsidR="00982800">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidR="00982800">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Yes</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00982800">
         <w:t>, explain:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-107289066"/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="35D87BBE" w14:textId="77777777" w:rsidR="00293D8C" w:rsidRDefault="00293D8C" w:rsidP="003F3774">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1693"/>
               <w:tab w:val="left" w:pos="2070"/>
               <w:tab w:val="left" w:pos="2863"/>
             </w:tabs>
             <w:spacing w:line="276" w:lineRule="auto"/>
             <w:ind w:left="820"/>
           </w:pPr>
           <w:r w:rsidRPr="00811418">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
@@ -4308,51 +4321,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Name</w:t>
       </w:r>
       <w:r w:rsidR="00293D8C">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>/Address</w:t>
       </w:r>
       <w:r w:rsidR="00007917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E4CB37" w14:textId="77777777" w:rsidR="001836B8" w:rsidRDefault="004A70D1" w:rsidP="00293D8C">
+    <w:p w14:paraId="09E4CB37" w14:textId="77777777" w:rsidR="001836B8" w:rsidRDefault="00EA1EE1" w:rsidP="00293D8C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="200" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1706669146"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -4715,194 +4728,206 @@
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0061166D">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00982800" w:rsidRPr="00007917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>(check</w:t>
       </w:r>
       <w:r w:rsidR="00982800">
         <w:t xml:space="preserve"> one)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="237E6D09" w14:textId="77777777" w:rsidR="00007917" w:rsidRDefault="00007917" w:rsidP="00007917">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="431DB447" w14:textId="2D5E0F7D" w:rsidR="00471AAD" w:rsidRDefault="00471AAD" w:rsidP="00471AAD">
+    <w:p w14:paraId="6599D664" w14:textId="61059A28" w:rsidR="00471AAD" w:rsidRPr="00EA1EE1" w:rsidRDefault="00471AAD" w:rsidP="00EA1EE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="820"/>
           <w:tab w:val="left" w:pos="7402"/>
           <w:tab w:val="left" w:pos="7779"/>
           <w:tab w:val="left" w:pos="8573"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:left="820"/>
       </w:pPr>
       <w:r>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00007917">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D8470A">
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00EA1EE1" w:rsidRPr="00EA1EE1">
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
-        <w:t xml:space="preserve">) or </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D8470A">
+        <w:t>prefer</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1EE1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="95"/>
         </w:rPr>
-        <w:t xml:space="preserve">do NOT </w:t>
-[...7 lines deleted...]
-        <w:t>prefer</w:t>
+        <w:t xml:space="preserve"> NOT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1067154306"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00D8470A">
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
-        <w:t xml:space="preserve">receive appointments for appeals after </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>receive appointments for appeals.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7813">
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
-        <w:t>prior counsel is permitted to withdra</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D8470A">
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1EE1">
+        <w:t>am willing to accept appointments for appeals</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7813">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7813">
+        <w:t>(</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="519747736"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="009F7813">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009F7813">
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
-        <w:t>w.</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7813">
+        <w:rPr>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and have previously worked on </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="582649224"/>
+          <w:placeholder>
+            <w:docPart w:val="F9FBCA9C3D2942BA83AB63223C5630A7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00EA1EE1" w:rsidRPr="00811418">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009F7813">
+        <w:rPr>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appeals.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2C390B97" w14:textId="59C2A8EC" w:rsidR="00007917" w:rsidRDefault="00007917" w:rsidP="00007917">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="820"/>
         </w:tabs>
         <w:ind w:left="820"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06D0370C" w14:textId="77777777" w:rsidR="001836B8" w:rsidRDefault="001836B8">
       <w:pPr>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CDC7164" w14:textId="2A89B63F" w:rsidR="001836B8" w:rsidRDefault="00982800">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="246" w:lineRule="auto"/>
         <w:ind w:left="100" w:right="111" w:firstLine="720"/>
@@ -5963,112 +5988,111 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000A34B7" w:rsidRPr="00D8470A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D54D7C">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1320" w:right="1340" w:bottom="280" w:left="1340" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3447A779" w14:textId="77777777" w:rsidR="0061166D" w:rsidRDefault="0061166D" w:rsidP="0061166D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1602E269" w14:textId="77777777" w:rsidR="0061166D" w:rsidRDefault="0061166D" w:rsidP="0061166D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1841266518"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:spacing w:val="60"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="363E1158" w14:textId="25B6E6F4" w:rsidR="0061166D" w:rsidRDefault="0061166D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
@@ -6102,70 +6126,70 @@
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
             <w:spacing w:val="60"/>
           </w:rPr>
           <w:t xml:space="preserve">Page USDC TXED CJA PANEL APPLICATION     </w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="062C3C82" w14:textId="77777777" w:rsidR="0061166D" w:rsidRDefault="0061166D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="14B859A7" w14:textId="77777777" w:rsidR="0061166D" w:rsidRDefault="0061166D" w:rsidP="0061166D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="55857F3E" w14:textId="77777777" w:rsidR="0061166D" w:rsidRDefault="0061166D" w:rsidP="0061166D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08AC6540"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4918B2FC"/>
     <w:lvl w:ilvl="0" w:tplc="072C6E30">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="720"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="88686C48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6763,125 +6787,128 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1275751147">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="127862121">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="932007154">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1640456658">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2061904561">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1746418796">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001836B8"/>
     <w:rsid w:val="00007917"/>
     <w:rsid w:val="000A34B7"/>
     <w:rsid w:val="000F5FA0"/>
     <w:rsid w:val="001836B8"/>
     <w:rsid w:val="00212110"/>
     <w:rsid w:val="00293D8C"/>
+    <w:rsid w:val="00316889"/>
     <w:rsid w:val="003F3774"/>
     <w:rsid w:val="004718C9"/>
     <w:rsid w:val="00471AAD"/>
     <w:rsid w:val="004A70D1"/>
     <w:rsid w:val="005138D6"/>
     <w:rsid w:val="0061166D"/>
     <w:rsid w:val="008C2331"/>
     <w:rsid w:val="00982800"/>
+    <w:rsid w:val="009F7813"/>
     <w:rsid w:val="00B03963"/>
     <w:rsid w:val="00BC2EF7"/>
     <w:rsid w:val="00D54D7C"/>
     <w:rsid w:val="00D8470A"/>
+    <w:rsid w:val="00EA1EE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="159A46BE"/>
   <w15:docId w15:val="{E9F5F441-03A7-43EB-A5B2-5D95513564A5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7396,63 +7423,63 @@
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0061166D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D54D7C"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cjaapplication@txed.uscourts.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9389DE6851574A9FA806855AC2CFD89B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7C989889-B59A-4EF5-9DBC-746B3B9505A1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00296E19" w:rsidRDefault="0067716D" w:rsidP="0067716D">
           <w:pPr>
             <w:pStyle w:val="9389DE6851574A9FA806855AC2CFD89B8"/>
           </w:pPr>
           <w:r w:rsidRPr="00811418">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -8077,145 +8104,181 @@
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C21428CD-AF4C-4A39-9B0B-C2E9BAC3D2EC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009616E5" w:rsidRDefault="00773D44" w:rsidP="00773D44">
           <w:pPr>
             <w:pStyle w:val="09997EC13C064752B68997F074C3E6DA"/>
           </w:pPr>
           <w:r w:rsidRPr="00811418">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F9FBCA9C3D2942BA83AB63223C5630A7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3B0C203F-B177-4DBA-A191-87AA3A4F158F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00CA69D8" w:rsidRDefault="00CA69D8" w:rsidP="00CA69D8">
+          <w:pPr>
+            <w:pStyle w:val="F9FBCA9C3D2942BA83AB63223C5630A7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00811418">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0067716D"/>
     <w:rsid w:val="00296E19"/>
+    <w:rsid w:val="00316889"/>
     <w:rsid w:val="0067716D"/>
     <w:rsid w:val="00773D44"/>
     <w:rsid w:val="009616E5"/>
+    <w:rsid w:val="00CA69D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8601,51 +8664,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00773D44"/>
+    <w:rsid w:val="00CA69D8"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="869DFDB48D7E4C44ABA91C43D71649064">
     <w:name w:val="869DFDB48D7E4C44ABA91C43D71649064"/>
     <w:rsid w:val="0067716D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="846D6057BD3445DDBBFCDBF0137840BE4">
     <w:name w:val="846D6057BD3445DDBBFCDBF0137840BE4"/>
     <w:rsid w:val="0067716D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
@@ -8861,55 +8924,68 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABAFA2F06AF3483BA6B7212E383B08765">
     <w:name w:val="ABAFA2F06AF3483BA6B7212E383B08765"/>
     <w:rsid w:val="0067716D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="09997EC13C064752B68997F074C3E6DA">
     <w:name w:val="09997EC13C064752B68997F074C3E6DA"/>
     <w:rsid w:val="00773D44"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9FBCA9C3D2942BA83AB63223C5630A7">
+    <w:name w:val="F9FBCA9C3D2942BA83AB63223C5630A7"/>
+    <w:rsid w:val="00CA69D8"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -9159,75 +9235,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>747</Words>
-  <Characters>3611</Characters>
+  <Words>659</Words>
+  <Characters>3760</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>138</Lines>
-  <Paragraphs>75</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Us District Courts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4283</CharactersWithSpaces>
+  <CharactersWithSpaces>4411</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Andrew VonNiederhausern</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2007-12-10T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2016-05-11T00:00:00Z</vt:filetime>
   </property>
 </Properties>